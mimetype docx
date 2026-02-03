--- v0 (2026-01-10)
+++ v1 (2026-02-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0458C0D1" w14:textId="2DE500D3" w:rsidR="00062D67" w:rsidRPr="00062D67" w:rsidRDefault="00062D67" w:rsidP="00062D67">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Univers" w:hAnsi="Univers" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="725397B1" wp14:editId="31ACEF93">
             <wp:simplePos x="0" y="0"/>
@@ -719,262 +719,280 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006705D0" w14:paraId="4D5E0D4E" w14:textId="77777777" w:rsidTr="006705D0">
         <w:trPr>
           <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9848" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19F45498" w14:textId="77777777" w:rsidR="006705D0" w:rsidRDefault="006705D0" w:rsidP="00062D67">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79818F69" w14:textId="7B7F3E9A" w:rsidR="00062D67" w:rsidRPr="006705D0" w:rsidRDefault="00062D67" w:rsidP="00222DC8">
+    <w:p w14:paraId="79818F69" w14:textId="68BA625D" w:rsidR="00062D67" w:rsidRPr="006705D0" w:rsidRDefault="00062D67" w:rsidP="00222DC8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006705D0">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">The nominator is responsible for providing a bio for the award recipient no later than </w:t>
       </w:r>
       <w:r w:rsidR="00EA1951" w:rsidRPr="00166350">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">January </w:t>
       </w:r>
       <w:r w:rsidR="00166350" w:rsidRPr="00166350">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006705D0" w:rsidRPr="00166350">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="007A387E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>, 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA1951" w:rsidRPr="00166350">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="006705D0" w:rsidRPr="00166350">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="007A387E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006705D0">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00222DC8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Send to Lisha Hopper at hopperlisha@hotmail</w:t>
       </w:r>
       <w:r w:rsidR="00182BD7">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.com.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00062D67" w:rsidRPr="006705D0">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers">
+    <w:panose1 w:val="020B0503020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
+    <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00062D67"/>
     <w:rsid w:val="00062D67"/>
+    <w:rsid w:val="00091C91"/>
     <w:rsid w:val="00166350"/>
     <w:rsid w:val="00182BD7"/>
     <w:rsid w:val="00222DC8"/>
+    <w:rsid w:val="00666176"/>
     <w:rsid w:val="006705D0"/>
+    <w:rsid w:val="007A387E"/>
     <w:rsid w:val="00814895"/>
+    <w:rsid w:val="00A5451D"/>
+    <w:rsid w:val="00CB0344"/>
     <w:rsid w:val="00E3614F"/>
     <w:rsid w:val="00EA1951"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3FBBE2FC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6F992F84-E54C-4ACB-8809-4BABB69E48D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1397,51 +1415,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="006705D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="880556925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1719,72 +1737,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>158</Words>
-  <Characters>905</Characters>
+  <Words>133</Words>
+  <Characters>902</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>28</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1061</CharactersWithSpaces>
+  <CharactersWithSpaces>1027</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lisha Hopper</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>